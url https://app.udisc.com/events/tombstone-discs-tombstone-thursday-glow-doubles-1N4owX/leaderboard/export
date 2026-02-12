--- v0 (2026-01-23)
+++ v1 (2026-02-12)
@@ -1313,51 +1313,51 @@
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>Mike Watson &amp; Chris Koehn</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>48</v>
       </c>
       <c r="H12" t="str">
-        <v>mwatson88,chriskdisgolf</v>
+        <v>mwatson88,chriskdiscgolf</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>48</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>