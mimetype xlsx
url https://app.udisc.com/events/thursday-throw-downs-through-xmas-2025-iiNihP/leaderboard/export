--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -1561,50 +1561,53 @@
         <v>3</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>MA1</v>
       </c>
       <c r="B20" t="str">
         <v>19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Neil</v>
       </c>
       <c r="E20">
         <v>10</v>
       </c>
       <c r="F20">
         <v>37</v>
       </c>
+      <c r="G20">
+        <v>318668</v>
+      </c>
       <c r="H20" t="str">
         <v>ssjagrippa</v>
       </c>
       <c r="I20">
         <v>10</v>
       </c>
       <c r="J20">
         <v>37</v>
       </c>
       <c r="K20">
         <v>3</v>
       </c>
       <c r="L20">
         <v>5</v>
       </c>
       <c r="M20">
         <v>4</v>
       </c>
       <c r="N20">
         <v>5</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">