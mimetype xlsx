--- v0 (2025-10-20)
+++ v1 (2025-11-29)
@@ -1737,200 +1737,203 @@
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>MA1</v>
       </c>
       <c r="B16" t="str">
         <v>T4</v>
       </c>
       <c r="C16">
         <v>4</v>
       </c>
       <c r="D16" t="str">
-        <v>Watson</v>
+        <v>weslee hale</v>
       </c>
       <c r="E16">
         <v>2</v>
       </c>
       <c r="F16">
         <v>57</v>
       </c>
+      <c r="G16">
+        <v>9960</v>
+      </c>
       <c r="H16" t="str">
-        <v>williamawatson</v>
+        <v>wesleehale</v>
       </c>
       <c r="I16">
         <v>2</v>
       </c>
       <c r="J16">
         <v>57</v>
       </c>
       <c r="K16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA1</v>
       </c>
       <c r="B17" t="str">
         <v>T4</v>
       </c>
       <c r="C17">
         <v>4</v>
       </c>
       <c r="D17" t="str">
-        <v>weslee hale</v>
+        <v>Watson</v>
       </c>
       <c r="E17">
         <v>2</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
       <c r="H17" t="str">
-        <v>wesleehale</v>
+        <v>williamawatson</v>
       </c>
       <c r="I17">
         <v>2</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>3</v>
       </c>
       <c r="S17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
         <v>4</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>MA1</v>
       </c>
       <c r="B18" t="str">
         <v>T6</v>
       </c>
       <c r="C18">
         <v>6</v>
       </c>
       <c r="D18" t="str">
         <v>Evan McCord</v>
       </c>
       <c r="E18">
         <v>4</v>
       </c>
       <c r="F18">
         <v>59</v>
       </c>
       <c r="H18" t="str">