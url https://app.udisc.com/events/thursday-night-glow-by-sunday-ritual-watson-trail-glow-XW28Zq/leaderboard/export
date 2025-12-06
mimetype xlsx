--- v0 (2025-11-14)
+++ v1 (2025-12-06)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AD36"/>
+  <dimension ref="A1:AD30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="8.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -3156,200 +3156,53 @@
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
         <v>4</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>2</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>7</v>
       </c>
       <c r="AC30">
         <v>5</v>
       </c>
       <c r="AD30">
         <v>3</v>
       </c>
     </row>
-    <row r="31">
-[...145 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AD36"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AD30"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 