--- v1 (2025-12-06)
+++ v2 (2025-12-27)
@@ -1464,215 +1464,218 @@
       </c>
       <c r="AA11">
         <v>4</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
         <v>4</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
-        <v>Megapals</v>
+        <v>Mikey Hachmeister</v>
       </c>
       <c r="E12">
         <v>1</v>
       </c>
       <c r="F12">
         <v>61</v>
       </c>
+      <c r="G12">
+        <v>317910</v>
+      </c>
       <c r="H12" t="str">
-        <v>lspringer72</v>
+        <v>michaeltellya</v>
       </c>
       <c r="I12">
         <v>1</v>
       </c>
       <c r="J12">
         <v>61</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>2</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>2</v>
       </c>
       <c r="Y12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>T10</v>
       </c>
       <c r="C13">
         <v>10</v>
       </c>
       <c r="D13" t="str">
-        <v>Mikey Hachmeister</v>
+        <v>Megapals</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>61</v>
       </c>
       <c r="H13" t="str">
-        <v>michaeltellya</v>
+        <v>lspringer72</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>61</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>4</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Michael Meisinger</v>
       </c>
       <c r="E14">
         <v>2</v>
       </c>
       <c r="F14">
         <v>62</v>
       </c>
       <c r="H14" t="str">
         <v>meiznerd</v>
       </c>
       <c r="I14">