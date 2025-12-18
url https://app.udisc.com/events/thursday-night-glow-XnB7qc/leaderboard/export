--- v0 (2025-11-16)
+++ v1 (2025-12-18)
@@ -1865,50 +1865,53 @@
         <v>4</v>
       </c>
       <c r="AE15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>Rec</v>
       </c>
       <c r="B16" t="str">
         <v>T6</v>
       </c>
       <c r="C16">
         <v>6</v>
       </c>
       <c r="D16" t="str">
         <v>Angie Reynolds</v>
       </c>
       <c r="E16">
         <v>7</v>
       </c>
       <c r="F16">
         <v>71</v>
       </c>
+      <c r="G16">
+        <v>295745</v>
+      </c>
       <c r="H16" t="str">
         <v>areynolds1970</v>
       </c>
       <c r="I16">
         <v>7</v>
       </c>
       <c r="J16">
         <v>71</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">