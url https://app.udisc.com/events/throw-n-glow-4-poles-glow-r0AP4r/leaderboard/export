--- v0 (2025-12-30)
+++ v1 (2026-01-20)
@@ -2658,50 +2658,53 @@
         <v>4</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA1</v>
       </c>
       <c r="B27" t="str">
         <v>21</v>
       </c>
       <c r="C27">
         <v>21</v>
       </c>
       <c r="D27" t="str">
         <v>Brandon Weeks</v>
       </c>
       <c r="E27">
         <v>13</v>
       </c>
       <c r="F27">
         <v>67</v>
       </c>
+      <c r="G27">
+        <v>317846</v>
+      </c>
       <c r="H27" t="str">
         <v>weeksbrandon</v>
       </c>
       <c r="I27">
         <v>13</v>
       </c>
       <c r="J27">
         <v>67</v>
       </c>
       <c r="K27">
         <v>5</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">