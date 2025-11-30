--- v0 (2025-10-20)
+++ v1 (2025-11-30)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MP40</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Jamrock</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>47</v>
       </c>
       <c r="H2" t="str">
-        <v>errol64,neutonm</v>
+        <v>neutonm,errol64</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>47</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
@@ -634,51 +634,51 @@
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MP40</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Team Overhands</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="H3" t="str">
-        <v>mattyf,crooksluvbeer</v>
+        <v>crooksluvbeer,mattyf</v>
       </c>
       <c r="I3">
         <v>-5</v>
       </c>
       <c r="J3">
         <v>50</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -717,51 +717,51 @@
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MA40</v>
       </c>
       <c r="B4" t="str">
         <v>1</v>
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4" t="str">
         <v xml:space="preserve"> Team CHARLTON</v>
       </c>
       <c r="E4">
         <v>-6</v>
       </c>
       <c r="F4">
         <v>49</v>
       </c>
       <c r="H4" t="str">
-        <v>sssepuka,bobamatic</v>
+        <v>bobamatic,sssepuka</v>
       </c>
       <c r="I4">
         <v>-6</v>
       </c>
       <c r="J4">
         <v>49</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>4</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -1215,51 +1215,51 @@
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA40</v>
       </c>
       <c r="B10" t="str">
         <v>7</v>
       </c>
       <c r="C10">
         <v>7</v>
       </c>
       <c r="D10" t="str">
         <v>Freebird Flickers</v>
       </c>
       <c r="E10">
         <v>4</v>
       </c>
       <c r="F10">
         <v>59</v>
       </c>
       <c r="H10" t="str">
-        <v>dowijo,mattkirshner</v>
+        <v>mattkirshner,dowijo</v>
       </c>
       <c r="I10">
         <v>4</v>
       </c>
       <c r="J10">
         <v>59</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
@@ -1630,51 +1630,51 @@
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA60</v>
       </c>
       <c r="B15" t="str">
         <v>2</v>
       </c>
       <c r="C15">
         <v>2</v>
       </c>
       <c r="D15" t="str">
         <v>Slipped Discs</v>
       </c>
       <c r="E15">
         <v>1</v>
       </c>
       <c r="F15">
         <v>56</v>
       </c>
       <c r="H15" t="str">
-        <v>joebr77,matt123taylor</v>
+        <v>matt123taylor,joebr77</v>
       </c>
       <c r="I15">
         <v>1</v>
       </c>
       <c r="J15">
         <v>56</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
@@ -1879,51 +1879,51 @@
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>FM40</v>
       </c>
       <c r="B18" t="str">
         <v>T1</v>
       </c>
       <c r="C18">
         <v>1</v>
       </c>
       <c r="D18" t="str">
         <v>Team Shab Battle</v>
       </c>
       <c r="E18">
         <v>-5</v>
       </c>
       <c r="F18">
         <v>50</v>
       </c>
       <c r="H18" t="str">
-        <v>jkarchambault,41thirty</v>
+        <v>41thirty,jkarchambault</v>
       </c>
       <c r="I18">
         <v>-5</v>
       </c>
       <c r="J18">
         <v>50</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>3</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
@@ -2709,51 +2709,51 @@
       </c>
       <c r="AB27">
         <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>FM50</v>
       </c>
       <c r="B28" t="str">
         <v>2</v>
       </c>
       <c r="C28">
         <v>2</v>
       </c>
       <c r="D28" t="str">
         <v>Schoolyard Slingers</v>
       </c>
       <c r="E28">
         <v>-5</v>
       </c>
       <c r="F28">
         <v>50</v>
       </c>
       <c r="H28" t="str">
-        <v>ddelapp,triciad</v>
+        <v>triciad,ddelapp</v>
       </c>
       <c r="I28">
         <v>-5</v>
       </c>
       <c r="J28">
         <v>50</v>
       </c>
       <c r="K28">
         <v>3</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>2</v>
       </c>
       <c r="N28">
         <v>3</v>
       </c>
       <c r="O28">
         <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
@@ -2792,51 +2792,51 @@
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>FM50</v>
       </c>
       <c r="B29" t="str">
         <v>3</v>
       </c>
       <c r="C29">
         <v>3</v>
       </c>
       <c r="D29" t="str">
         <v>Forever Family</v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29">
         <v>60</v>
       </c>
       <c r="H29" t="str">
-        <v>helmsman42,ptbflyer</v>
+        <v>ptbflyer,helmsman42</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
         <v>60</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
@@ -2875,51 +2875,51 @@
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>FM60</v>
       </c>
       <c r="B30" t="str">
         <v>T1</v>
       </c>
       <c r="C30">
         <v>1</v>
       </c>
       <c r="D30" t="str">
         <v xml:space="preserve"> Humming-Birdies</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>55</v>
       </c>
       <c r="H30" t="str">
-        <v>sherbear13,sdolling</v>
+        <v>sdolling,sherbear13</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30">
         <v>55</v>
       </c>
       <c r="K30">
         <v>3</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
         <v>4</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>