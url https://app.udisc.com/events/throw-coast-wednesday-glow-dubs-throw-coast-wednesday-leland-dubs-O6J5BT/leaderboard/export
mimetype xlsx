--- v0 (2025-10-21)
+++ v1 (2025-11-29)
@@ -1298,51 +1298,51 @@
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>T9</v>
       </c>
       <c r="C11">
         <v>9</v>
       </c>
       <c r="D11" t="str">
         <v>Alex Bradshaw &amp; Guy Seifert</v>
       </c>
       <c r="E11">
         <v>-11</v>
       </c>
       <c r="F11">
         <v>51</v>
       </c>
       <c r="H11" t="str">
-        <v>ahb3420,guyseif</v>
+        <v>alexb02,guyseif</v>
       </c>
       <c r="I11">
         <v>-11</v>
       </c>
       <c r="J11">
         <v>51</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>4</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>