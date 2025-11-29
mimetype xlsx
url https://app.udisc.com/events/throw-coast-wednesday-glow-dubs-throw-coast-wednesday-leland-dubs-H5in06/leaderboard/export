--- v0 (2025-10-21)
+++ v1 (2025-11-29)
@@ -575,51 +575,51 @@
       </c>
       <c r="AH1" t="str">
         <v>hole_24</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Alex Bradshaw &amp; Alex Karp</v>
       </c>
       <c r="E2">
         <v>-21</v>
       </c>
       <c r="F2">
         <v>53</v>
       </c>
       <c r="H2" t="str">
-        <v>ahb3420,beachcruiser25</v>
+        <v>alexb02,beachcruiser25</v>
       </c>
       <c r="I2">
         <v>-21</v>
       </c>
       <c r="J2">
         <v>53</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>2</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>