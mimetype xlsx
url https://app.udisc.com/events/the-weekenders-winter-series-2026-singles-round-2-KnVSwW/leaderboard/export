--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -1473,292 +1473,292 @@
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>IN</v>
       </c>
       <c r="B13" t="str">
         <v>7</v>
       </c>
       <c r="C13">
         <v>7</v>
       </c>
       <c r="D13" t="str">
-        <v>Bryan Ganis</v>
+        <v>Seth Dunham</v>
       </c>
       <c r="E13">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F13">
-        <v>67</v>
-[...2 lines deleted...]
-        <v>284552</v>
+        <v>62</v>
       </c>
       <c r="H13" t="str">
-        <v>bdubbss</v>
+        <v>sid05a</v>
       </c>
       <c r="I13">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="J13">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X13">
         <v>3</v>
       </c>
       <c r="Y13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>4</v>
       </c>
       <c r="AB13">
-        <v>6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
-        <v>AD</v>
+        <v>IN</v>
       </c>
       <c r="B14" t="str">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="C14">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D14" t="str">
-        <v>Louie Arhelger</v>
+        <v>Bryan Ganis</v>
       </c>
       <c r="E14">
-        <v>-3</v>
+        <v>13</v>
       </c>
       <c r="F14">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="G14">
-        <v>171662</v>
+        <v>284552</v>
       </c>
       <c r="H14" t="str">
-        <v>ohallo</v>
+        <v>bdubbss</v>
       </c>
       <c r="I14">
-        <v>-3</v>
+        <v>13</v>
       </c>
       <c r="J14">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
         <v>3</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>6</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>AD</v>
       </c>
       <c r="B15" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C15">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D15" t="str">
-        <v>Seth Dunham</v>
+        <v>Louie Arhelger</v>
       </c>
       <c r="E15">
-        <v>8</v>
+        <v>-3</v>
       </c>
       <c r="F15">
-        <v>62</v>
+        <v>51</v>
+      </c>
+      <c r="G15">
+        <v>171662</v>
       </c>
       <c r="H15" t="str">
-        <v>sid05a</v>
+        <v>ohallo</v>
       </c>
       <c r="I15">
-        <v>8</v>
+        <v>-3</v>
       </c>
       <c r="J15">
-        <v>62</v>
+        <v>51</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>