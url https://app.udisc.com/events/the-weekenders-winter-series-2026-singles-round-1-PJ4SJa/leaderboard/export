--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -1953,384 +1953,384 @@
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
         <v>3</v>
       </c>
       <c r="Y18">
         <v>2</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
         <v>5</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>AD</v>
+        <v>IN</v>
       </c>
       <c r="B19" t="str">
-        <v>T1</v>
+        <v>11</v>
       </c>
       <c r="C19">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D19" t="str">
-        <v>Rudy De La Cruz</v>
+        <v>Seth Dunham</v>
       </c>
       <c r="E19">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F19">
-        <v>54</v>
-[...2 lines deleted...]
-        <v>57946</v>
+        <v>67</v>
       </c>
       <c r="H19" t="str">
-        <v>rdelacruz9092</v>
+        <v>sid05a</v>
       </c>
       <c r="I19">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J19">
-        <v>54</v>
+        <v>67</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
         <v>3</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>AD</v>
       </c>
       <c r="B20" t="str">
         <v>T1</v>
       </c>
       <c r="C20">
         <v>1</v>
       </c>
       <c r="D20" t="str">
-        <v>Cody Holland</v>
+        <v>Rudy De La Cruz</v>
       </c>
       <c r="E20">
         <v>0</v>
       </c>
       <c r="F20">
         <v>54</v>
       </c>
       <c r="G20">
-        <v>302486</v>
+        <v>57946</v>
       </c>
       <c r="H20" t="str">
-        <v>jimothywatkins</v>
+        <v>rdelacruz9092</v>
       </c>
       <c r="I20">
         <v>0</v>
       </c>
       <c r="J20">
         <v>54</v>
       </c>
       <c r="K20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R20">
         <v>3</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>4</v>
       </c>
       <c r="AA20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB20">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>AD</v>
       </c>
       <c r="B21" t="str">
-        <v>3</v>
+        <v>T1</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D21" t="str">
-        <v>Louie Arhelger</v>
+        <v>Cody Holland</v>
       </c>
       <c r="E21">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F21">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="G21">
-        <v>171662</v>
+        <v>302486</v>
       </c>
       <c r="H21" t="str">
-        <v>ohallo</v>
+        <v>jimothywatkins</v>
       </c>
       <c r="I21">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J21">
-        <v>65</v>
+        <v>54</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>3</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X21">
         <v>3</v>
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>AD</v>
       </c>
       <c r="B22" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D22" t="str">
-        <v>Seth Dunham</v>
+        <v>Louie Arhelger</v>
       </c>
       <c r="E22">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F22">
-        <v>67</v>
+        <v>65</v>
+      </c>
+      <c r="G22">
+        <v>171662</v>
       </c>
       <c r="H22" t="str">
-        <v>sid05a</v>
+        <v>ohallo</v>
       </c>
       <c r="I22">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J22">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="K22">
         <v>4</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M22">
         <v>4</v>
       </c>
       <c r="N22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>4</v>
       </c>
       <c r="Q22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>4</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB22"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>