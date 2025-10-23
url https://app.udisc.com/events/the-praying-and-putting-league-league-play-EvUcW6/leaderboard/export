--- v0 (2025-10-03)
+++ v1 (2025-10-23)
@@ -561,51 +561,51 @@
       </c>
       <c r="L3">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Chuck &amp; Glen hoyt</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="H4" t="str">
-        <v>ccchhhaaazzz,glenrealtor</v>
+        <v>glenrealtor,ccchhhaaazzz</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>-4</v>
       </c>
       <c r="K4">
         <v>24</v>
       </c>
       <c r="L4">
         <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
@@ -1054,51 +1054,51 @@
       </c>
       <c r="S5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Chuck &amp; Glen hoyt</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>24</v>
       </c>
       <c r="H6" t="str">
-        <v>ccchhhaaazzz,glenrealtor</v>
+        <v>glenrealtor,ccchhhaaazzz</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>24</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
@@ -1428,51 +1428,51 @@
       </c>
       <c r="S3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Chuck &amp; Glen hoyt</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
         <v>47</v>
       </c>
       <c r="H4" t="str">
-        <v>ccchhhaaazzz,glenrealtor</v>
+        <v>glenrealtor,ccchhhaaazzz</v>
       </c>
       <c r="I4">
         <v>-4</v>
       </c>
       <c r="J4">
         <v>23</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>