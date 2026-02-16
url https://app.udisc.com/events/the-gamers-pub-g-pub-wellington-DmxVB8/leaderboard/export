--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -640,50 +640,53 @@
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Sunday</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Wes</v>
       </c>
       <c r="E3">
         <v>4</v>
       </c>
       <c r="F3">
         <v>64</v>
       </c>
+      <c r="G3">
+        <v>321128</v>
+      </c>
       <c r="H3" t="str">
         <v>wesleybrand13</v>
       </c>
       <c r="I3">
         <v>4</v>
       </c>
       <c r="J3">
         <v>64</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>5</v>
       </c>
       <c r="P3">