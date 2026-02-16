--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -863,50 +863,53 @@
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>0</v>
       </c>
       <c r="E5" t="str">
         <v>Blue</v>
       </c>
       <c r="F5" t="str">
         <v>2</v>
       </c>
       <c r="G5">
         <v>2</v>
       </c>
       <c r="H5" t="str">
         <v>Wes Russell</v>
       </c>
       <c r="I5">
         <v>1</v>
       </c>
       <c r="J5">
         <v>56</v>
       </c>
+      <c r="K5">
+        <v>321128</v>
+      </c>
       <c r="L5" t="str">
         <v>wesleybrand13</v>
       </c>
       <c r="M5">
         <v>1</v>
       </c>
       <c r="N5">
         <v>56</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>2</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
         <v>2</v>
       </c>
       <c r="T5">