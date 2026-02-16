--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -518,167 +518,170 @@
       </c>
       <c r="S1" t="str">
         <v>hole_9</v>
       </c>
       <c r="T1" t="str">
         <v>hole_10</v>
       </c>
       <c r="U1" t="str">
         <v>hole_11</v>
       </c>
       <c r="V1" t="str">
         <v>hole_12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Sunday</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Darin</v>
+        <v>Wes Russell</v>
       </c>
       <c r="E2">
         <v>1</v>
       </c>
       <c r="F2">
         <v>37</v>
       </c>
+      <c r="G2">
+        <v>321128</v>
+      </c>
       <c r="H2" t="str">
-        <v>dlienauudisc</v>
+        <v>wesleybrand13</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
         <v>37</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
+        <v>4</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
         <v>2</v>
       </c>
-      <c r="P2">
-[...4 lines deleted...]
-      </c>
       <c r="R2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Sunday</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
-        <v>Wes Russell</v>
+        <v>Darin</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>37</v>
       </c>
       <c r="H3" t="str">
-        <v>wesleybrand13</v>
+        <v>dlienauudisc</v>
       </c>
       <c r="I3">
         <v>1</v>
       </c>
       <c r="J3">
         <v>37</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Sunday</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Nitro</v>
       </c>
       <c r="E4">
         <v>4</v>
       </c>
       <c r="F4">
         <v>40</v>
       </c>
       <c r="H4" t="str">
         <v>nitrosaurus24</v>
       </c>
       <c r="I4">