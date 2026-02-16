--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -678,50 +678,53 @@
       </c>
       <c r="C4">
         <v>1</v>
       </c>
       <c r="D4">
         <v>4</v>
       </c>
       <c r="E4" t="str">
         <v>Sunday</v>
       </c>
       <c r="F4" t="str">
         <v>2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
         <v>Wes Russell</v>
       </c>
       <c r="I4">
         <v>-3</v>
       </c>
       <c r="J4">
         <v>24</v>
       </c>
+      <c r="K4">
+        <v>321128</v>
+      </c>
       <c r="L4" t="str">
         <v>wesleybrand13</v>
       </c>
       <c r="M4">
         <v>-3</v>
       </c>
       <c r="N4">
         <v>24</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>5</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">