--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -514,50 +514,53 @@
         <v>hole_8</v>
       </c>
       <c r="S1" t="str">
         <v>hole_9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Sunday</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Wes Russell</v>
       </c>
       <c r="E2">
         <v>-6</v>
       </c>
       <c r="F2">
         <v>21</v>
       </c>
+      <c r="G2">
+        <v>321128</v>
+      </c>
       <c r="H2" t="str">
         <v>wesleybrand13</v>
       </c>
       <c r="I2">
         <v>-6</v>
       </c>
       <c r="J2">
         <v>21</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">