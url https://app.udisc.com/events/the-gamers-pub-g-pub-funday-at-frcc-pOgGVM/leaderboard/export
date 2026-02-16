--- v0 (2026-01-26)
+++ v1 (2026-02-16)
@@ -870,50 +870,53 @@
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>Sunday</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Wes</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>40</v>
       </c>
+      <c r="G7">
+        <v>321128</v>
+      </c>
       <c r="H7" t="str">
         <v>wesleybrand13</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7">
         <v>40</v>
       </c>
       <c r="K7">
         <v>4</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">