--- v0 (2025-11-19)
+++ v1 (2025-12-15)
@@ -1060,50 +1060,53 @@
         <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Nick Holliday</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>51</v>
       </c>
+      <c r="G8">
+        <v>318442</v>
+      </c>
       <c r="H8" t="str">
         <v>stylez52</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>51</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">