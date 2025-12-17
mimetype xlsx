--- v0 (2025-11-19)
+++ v1 (2025-12-17)
@@ -970,89 +970,92 @@
       </c>
       <c r="G8">
         <v>309833</v>
       </c>
       <c r="H8" t="str">
         <v>montana3333</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>3</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>DNF</v>
       </c>
       <c r="D9" t="str">
-        <v>Landon Jett</v>
+        <v>Nick Holliday</v>
       </c>
       <c r="E9">
         <v>0</v>
       </c>
       <c r="F9">
         <v>3</v>
       </c>
+      <c r="G9">
+        <v>318442</v>
+      </c>
       <c r="H9" t="str">
-        <v>yoda23</v>
+        <v>stylez52</v>
       </c>
       <c r="I9">
         <v>0</v>
       </c>
       <c r="J9">
         <v>3</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Nick Holliday</v>
+        <v>Landon Jett</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>3</v>
       </c>
       <c r="H10" t="str">
-        <v>stylez52</v>
+        <v>yoda23</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>3</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>