--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -676,50 +676,53 @@
       </c>
       <c r="C3">
         <v>-2</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F3" t="str">
         <v>T3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Jason Dimond</v>
       </c>
       <c r="I3">
         <v>-2</v>
       </c>
       <c r="J3">
         <v>52</v>
       </c>
+      <c r="K3">
+        <v>317604</v>
+      </c>
       <c r="L3" t="str">
         <v>dimondj</v>
       </c>
       <c r="M3">
         <v>-2</v>
       </c>
       <c r="N3">
         <v>52</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">