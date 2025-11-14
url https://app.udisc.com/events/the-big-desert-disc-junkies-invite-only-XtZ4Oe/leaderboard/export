--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -722,50 +722,53 @@
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Jason Dimond</v>
       </c>
       <c r="E4">
         <v>5</v>
       </c>
       <c r="F4">
         <v>59</v>
       </c>
+      <c r="G4">
+        <v>317604</v>
+      </c>
       <c r="H4" t="str">
         <v>dimondj</v>
       </c>
       <c r="I4">
         <v>5</v>
       </c>
       <c r="J4">
         <v>59</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>4</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">