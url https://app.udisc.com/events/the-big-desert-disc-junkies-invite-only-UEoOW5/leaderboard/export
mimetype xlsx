--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -665,215 +665,218 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>T2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>-1</v>
       </c>
       <c r="D3">
         <v>0</v>
       </c>
       <c r="E3" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F3" t="str">
         <v>T2</v>
       </c>
       <c r="G3">
         <v>2</v>
       </c>
       <c r="H3" t="str">
-        <v>Branden hardman</v>
+        <v>Jason Dimond</v>
       </c>
       <c r="I3">
         <v>-1</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
+      <c r="K3">
+        <v>317604</v>
+      </c>
       <c r="L3" t="str">
-        <v>bhardmanaz</v>
+        <v>dimondj</v>
       </c>
       <c r="M3">
         <v>-1</v>
       </c>
       <c r="N3">
         <v>53</v>
       </c>
       <c r="O3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
         <v>2</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>4</v>
       </c>
       <c r="AF3">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>T2</v>
       </c>
       <c r="B4">
         <v>2</v>
       </c>
       <c r="C4">
         <v>-1</v>
       </c>
       <c r="D4">
         <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F4" t="str">
         <v>T2</v>
       </c>
       <c r="G4">
         <v>2</v>
       </c>
       <c r="H4" t="str">
-        <v>Jason Dimond</v>
+        <v>Branden hardman</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="L4" t="str">
-        <v>dimondj</v>
+        <v>bhardmanaz</v>
       </c>
       <c r="M4">
         <v>-1</v>
       </c>
       <c r="N4">
         <v>53</v>
       </c>
       <c r="O4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC4">
         <v>2</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>4</v>
       </c>
       <c r="AF4">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T2</v>
       </c>
       <c r="B5">
         <v>2</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>-4</v>
       </c>
       <c r="E5" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F5" t="str">
         <v>7</v>
       </c>
       <c r="G5">
         <v>7</v>
       </c>
       <c r="H5" t="str">