--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -967,50 +967,53 @@
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>-1</v>
       </c>
       <c r="E6" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F6" t="str">
         <v>5</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="str">
         <v>Jason Dimond</v>
       </c>
       <c r="I6">
         <v>1</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
+      <c r="K6">
+        <v>317604</v>
+      </c>
       <c r="L6" t="str">
         <v>dimondj</v>
       </c>
       <c r="M6">
         <v>1</v>
       </c>
       <c r="N6">
         <v>55</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>6</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">