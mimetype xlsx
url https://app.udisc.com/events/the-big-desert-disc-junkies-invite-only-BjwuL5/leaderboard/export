--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1157,50 +1157,53 @@
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8">
         <v>0</v>
       </c>
       <c r="E8" t="str">
         <v>TBDDJ</v>
       </c>
       <c r="F8" t="str">
         <v>T5</v>
       </c>
       <c r="G8">
         <v>5</v>
       </c>
       <c r="H8" t="str">
         <v>Jason Dimond</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8">
         <v>55</v>
       </c>
+      <c r="K8">
+        <v>317604</v>
+      </c>
       <c r="L8" t="str">
         <v>dimondj</v>
       </c>
       <c r="M8">
         <v>1</v>
       </c>
       <c r="N8">
         <v>55</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>5</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">