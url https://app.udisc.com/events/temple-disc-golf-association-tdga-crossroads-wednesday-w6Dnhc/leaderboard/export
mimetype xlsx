--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -1588,81 +1588,120 @@
       </c>
       <c r="Z12">
         <v>4</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
       <c r="AD12">
         <v>7</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>4</v>
       </c>
     </row>
     <row r="13">
       <c r="C13">
-        <v>-3</v>
+        <v>6</v>
       </c>
       <c r="D13">
         <v>-3</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
         <v>DNF</v>
       </c>
       <c r="H13" t="str">
         <v>Chris Taft</v>
       </c>
       <c r="I13">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="J13">
-        <v>0</v>
+        <v>52</v>
       </c>
       <c r="K13">
         <v>209520</v>
       </c>
       <c r="L13" t="str">
         <v>thechristaft</v>
       </c>
       <c r="M13">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="N13">
-        <v>0</v>
+        <v>52</v>
+      </c>
+      <c r="S13">
+        <v>5</v>
+      </c>
+      <c r="T13">
+        <v>6</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>5</v>
+      </c>
+      <c r="X13">
+        <v>4</v>
+      </c>
+      <c r="Y13">
+        <v>4</v>
+      </c>
+      <c r="Z13">
+        <v>3</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
+        <v>4</v>
+      </c>
+      <c r="AD13">
+        <v>4</v>
+      </c>
+      <c r="AE13">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF13"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>