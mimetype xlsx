--- v0 (2025-11-06)
+++ v1 (2025-12-02)
@@ -974,50 +974,53 @@
         <v>3</v>
       </c>
       <c r="AO4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
         <v>Alexander Nunez</v>
       </c>
       <c r="I5">
         <v>13</v>
       </c>
       <c r="J5">
         <v>101</v>
       </c>
+      <c r="K5">
+        <v>318525</v>
+      </c>
       <c r="L5" t="str">
         <v>coppa93</v>
       </c>
       <c r="M5">
         <v>13</v>
       </c>
       <c r="N5">
         <v>101</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">