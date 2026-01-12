--- v0 (2025-12-19)
+++ v1 (2026-01-12)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:T17"/>
+  <dimension ref="A1:T16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="11.83203125" customWidth="1"/>
     <col min="9" max="9" width="8.83203125" customWidth="1"/>
     <col min="10" max="10" width="20.83203125" customWidth="1"/>
     <col min="11" max="11" width="17.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
   </cols>
@@ -1223,234 +1223,208 @@
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
         <v>3</v>
       </c>
       <c r="Q13">
         <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
+      <c r="B14" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D14" t="str">
-        <v>Bignga</v>
+        <v>Clint Reha</v>
       </c>
       <c r="E14">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="F14">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="G14">
-        <v>1</v>
+        <v>2</v>
+      </c>
+      <c r="H14">
+        <v>195299</v>
       </c>
       <c r="I14" t="str">
-        <v>showgun</v>
+        <v>clintreha</v>
       </c>
       <c r="J14">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="K14">
-        <v>0</v>
+        <v>11</v>
+      </c>
+      <c r="L14">
+        <v>2</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
         <v>DUP</v>
       </c>
       <c r="D15" t="str">
-        <v>Clint Reha</v>
+        <v>Reuben Cossey</v>
       </c>
       <c r="E15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="F15">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="G15">
         <v>2</v>
       </c>
       <c r="H15">
-        <v>195299</v>
+        <v>119768</v>
       </c>
       <c r="I15" t="str">
-        <v>clintreha</v>
+        <v>cossey</v>
       </c>
       <c r="J15">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="K15">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O15">
+        <v>5</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+      <c r="T15">
         <v>2</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>DUP</v>
       </c>
       <c r="D16" t="str">
-        <v>Reuben Cossey</v>
+        <v>Jasper</v>
       </c>
       <c r="E16">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="F16">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="G16">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>119768</v>
+        <v>1</v>
       </c>
       <c r="I16" t="str">
-        <v>cossey</v>
+        <v>jasperd</v>
       </c>
       <c r="J16">
-        <v>0</v>
+        <v>-4</v>
       </c>
       <c r="K16">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>2</v>
-[...54 lines deleted...]
-      <c r="T17">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:T17"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:T16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 