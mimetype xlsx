--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -1458,627 +1458,624 @@
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Terry Murphy</v>
+        <v>Christopher Quizhpe</v>
       </c>
       <c r="E12">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F12">
-        <v>21</v>
+        <v>62</v>
+      </c>
+      <c r="G12">
+        <v>65984</v>
       </c>
       <c r="H12" t="str">
-        <v>terrymurph</v>
+        <v>65984cq</v>
       </c>
       <c r="I12">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="J12">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>2</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>3</v>
+      </c>
+      <c r="V12">
+        <v>2</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
+      </c>
+      <c r="Y12">
+        <v>2</v>
+      </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
+        <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Christopher Quizhpe</v>
+        <v>Nick Ogrizovich</v>
       </c>
       <c r="E13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F13">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G13">
-        <v>65984</v>
+        <v>67347</v>
       </c>
       <c r="H13" t="str">
-        <v>65984cq</v>
+        <v>steelersvt</v>
       </c>
       <c r="I13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J13">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>2</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>3</v>
+      </c>
+      <c r="U13">
+        <v>2</v>
+      </c>
+      <c r="V13">
+        <v>3</v>
+      </c>
+      <c r="W13">
+        <v>3</v>
+      </c>
+      <c r="X13">
         <v>5</v>
       </c>
-      <c r="L13">
-[...37 lines deleted...]
-      </c>
       <c r="Y13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD13">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Nick Ogrizovich</v>
+        <v>John Fogle</v>
       </c>
       <c r="E14">
         <v>3</v>
       </c>
       <c r="F14">
         <v>63</v>
       </c>
-      <c r="G14">
-[...1 lines deleted...]
-      </c>
       <c r="H14" t="str">
-        <v>steelersvt</v>
+        <v>johnfogle</v>
       </c>
       <c r="I14">
         <v>3</v>
       </c>
       <c r="J14">
         <v>63</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X14">
+        <v>3</v>
+      </c>
+      <c r="Y14">
+        <v>2</v>
+      </c>
+      <c r="Z14">
+        <v>3</v>
+      </c>
+      <c r="AA14">
+        <v>3</v>
+      </c>
+      <c r="AB14">
         <v>5</v>
       </c>
-      <c r="Y14">
-[...10 lines deleted...]
-      </c>
       <c r="AC14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>John Fogle</v>
+        <v xml:space="preserve">Luis valverde </v>
       </c>
       <c r="E15">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F15">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H15" t="str">
-        <v>johnfogle</v>
+        <v>tico72785</v>
       </c>
       <c r="I15">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J15">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>15</v>
       </c>
       <c r="C16">
         <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v xml:space="preserve">Luis valverde </v>
+        <v>Ferret</v>
       </c>
       <c r="E16">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="F16">
-        <v>66</v>
+        <v>69</v>
+      </c>
+      <c r="G16">
+        <v>246982</v>
       </c>
       <c r="H16" t="str">
-        <v>tico72785</v>
+        <v>ferretking</v>
       </c>
       <c r="I16">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="J16">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="K16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U16">
         <v>4</v>
       </c>
       <c r="V16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W16">
         <v>4</v>
       </c>
       <c r="X16">
         <v>4</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB16">
         <v>4</v>
       </c>
       <c r="AC16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
         <v>16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Ferret</v>
+        <v>Brian Finnegan</v>
       </c>
       <c r="E17">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F17">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>246982</v>
+        <v>71</v>
       </c>
       <c r="H17" t="str">
-        <v>ferretking</v>
+        <v>finny24</v>
       </c>
       <c r="I17">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="J17">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="K17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>4</v>
       </c>
       <c r="W17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X17">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
       <c r="AC17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>DNF</v>
       </c>
       <c r="D18" t="str">
-        <v>Brian Finnegan</v>
+        <v>Terry Murphy</v>
       </c>
       <c r="E18">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F18">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="H18" t="str">
-        <v>finny24</v>
+        <v>terrymurph</v>
       </c>
       <c r="I18">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="J18">
-        <v>71</v>
+        <v>21</v>
       </c>
       <c r="K18">
         <v>3</v>
       </c>
       <c r="L18">
         <v>3</v>
       </c>
-      <c r="M18">
-[...37 lines deleted...]
-      </c>
       <c r="Z18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
         <v>4</v>
       </c>
       <c r="AC18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD18"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>