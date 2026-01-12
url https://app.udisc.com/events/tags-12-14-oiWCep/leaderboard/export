--- v0 (2025-12-21)
+++ v1 (2026-01-12)
@@ -1066,51 +1066,51 @@
       <c r="D7">
         <v>4</v>
       </c>
       <c r="E7" t="str">
         <v>MA1</v>
       </c>
       <c r="F7" t="str">
         <v>T4</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="str">
         <v>Timothy Eubanks</v>
       </c>
       <c r="I7">
         <v>-2</v>
       </c>
       <c r="J7">
         <v>54</v>
       </c>
       <c r="K7">
         <v>26222</v>
       </c>
       <c r="L7" t="str">
-        <v>timeubanks13</v>
+        <v>iceeub</v>
       </c>
       <c r="M7">
         <v>-2</v>
       </c>
       <c r="N7">
         <v>54</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>