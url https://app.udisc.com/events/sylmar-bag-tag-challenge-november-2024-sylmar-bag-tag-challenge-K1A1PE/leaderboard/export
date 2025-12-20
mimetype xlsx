--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -3416,212 +3416,215 @@
       </c>
       <c r="Z34">
         <v>4</v>
       </c>
       <c r="AA34">
         <v>4</v>
       </c>
       <c r="AB34">
         <v>4</v>
       </c>
       <c r="AC34">
         <v>54</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T34</v>
       </c>
       <c r="C35">
         <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>Troy Thomas</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E35">
         <v>9</v>
       </c>
       <c r="F35">
         <v>64</v>
       </c>
       <c r="G35">
-        <v>274367</v>
+        <v>101602</v>
       </c>
       <c r="H35" t="str">
-        <v>supertroy123</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I35">
         <v>9</v>
       </c>
       <c r="J35">
         <v>64</v>
       </c>
       <c r="K35">
         <v>4</v>
       </c>
       <c r="L35">
         <v>2</v>
       </c>
       <c r="M35">
         <v>4</v>
       </c>
       <c r="N35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P35">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R35">
         <v>4</v>
       </c>
       <c r="S35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>3</v>
       </c>
       <c r="V35">
         <v>3</v>
       </c>
       <c r="W35">
         <v>4</v>
       </c>
       <c r="X35">
         <v>4</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB35">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC35">
-        <v>62</v>
+        <v>64</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
-        <v>Bradley Thomas</v>
+        <v>Troy Thomas</v>
       </c>
       <c r="E36">
         <v>9</v>
       </c>
       <c r="F36">
         <v>64</v>
       </c>
+      <c r="G36">
+        <v>274367</v>
+      </c>
       <c r="H36" t="str">
-        <v>turbodisc69</v>
+        <v>supertroy123</v>
       </c>
       <c r="I36">
         <v>9</v>
       </c>
       <c r="J36">
         <v>64</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>2</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
         <v>4</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36">
         <v>3</v>
       </c>
       <c r="V36">
         <v>3</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
         <v>4</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB36">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC36">
-        <v>64</v>
+        <v>62</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T34</v>
       </c>
       <c r="C37">
         <v>34</v>
       </c>
       <c r="D37" t="str">
         <v>Chris Sardelich</v>
       </c>
       <c r="E37">
         <v>9</v>
       </c>
       <c r="F37">
         <v>64</v>
       </c>
       <c r="H37" t="str">
         <v>chrissardelich</v>
       </c>
       <c r="I37">