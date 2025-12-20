--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -3251,50 +3251,53 @@
         <v>3</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
         <v>T33</v>
       </c>
       <c r="C34">
         <v>33</v>
       </c>
       <c r="D34" t="str">
         <v>Bradley Thomas</v>
       </c>
       <c r="E34">
         <v>5</v>
       </c>
       <c r="F34">
         <v>59</v>
       </c>
+      <c r="G34">
+        <v>101602</v>
+      </c>
       <c r="H34" t="str">
         <v>turbodisc69</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34">
         <v>59</v>
       </c>
       <c r="K34">
         <v>4</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">