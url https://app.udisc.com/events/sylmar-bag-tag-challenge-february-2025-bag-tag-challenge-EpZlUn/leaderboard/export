--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -4734,203 +4734,206 @@
       </c>
       <c r="Y51">
         <v>3</v>
       </c>
       <c r="Z51">
         <v>3</v>
       </c>
       <c r="AA51">
         <v>3</v>
       </c>
       <c r="AB51">
         <v>4</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="str">
         <v>GEN</v>
       </c>
       <c r="B52" t="str">
         <v>T51</v>
       </c>
       <c r="C52">
         <v>51</v>
       </c>
       <c r="D52" t="str">
-        <v>Christian Kerr-Blackhall</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E52">
         <v>9</v>
       </c>
       <c r="F52">
         <v>63</v>
       </c>
       <c r="G52">
-        <v>286947</v>
+        <v>101602</v>
       </c>
       <c r="H52" t="str">
-        <v>ckballer</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I52">
         <v>9</v>
       </c>
       <c r="J52">
         <v>63</v>
       </c>
       <c r="K52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L52">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O52">
         <v>3</v>
       </c>
       <c r="P52">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="Q52">
         <v>3</v>
       </c>
       <c r="R52">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S52">
         <v>5</v>
       </c>
       <c r="T52">
         <v>3</v>
       </c>
       <c r="U52">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W52">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X52">
         <v>5</v>
       </c>
       <c r="Y52">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z52">
         <v>3</v>
       </c>
       <c r="AA52">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T51</v>
       </c>
       <c r="C53">
         <v>51</v>
       </c>
       <c r="D53" t="str">
-        <v>Bradley Thomas</v>
+        <v>Christian Kerr-Blackhall</v>
       </c>
       <c r="E53">
         <v>9</v>
       </c>
       <c r="F53">
         <v>63</v>
       </c>
+      <c r="G53">
+        <v>286947</v>
+      </c>
       <c r="H53" t="str">
-        <v>turbodisc69</v>
+        <v>ckballer</v>
       </c>
       <c r="I53">
         <v>9</v>
       </c>
       <c r="J53">
         <v>63</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L53">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O53">
         <v>3</v>
       </c>
       <c r="P53">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Q53">
         <v>3</v>
       </c>
       <c r="R53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S53">
         <v>5</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X53">
         <v>5</v>
       </c>
       <c r="Y53">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z53">
         <v>3</v>
       </c>
       <c r="AA53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB53">
         <v>4</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>53</v>
       </c>
       <c r="C54">
         <v>53</v>
       </c>
       <c r="D54" t="str">
         <v>Jeffrey Bonhiver (JB)</v>
       </c>
       <c r="E54">
         <v>10</v>
       </c>
       <c r="F54">
         <v>64</v>
       </c>
       <c r="H54" t="str">