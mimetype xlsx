--- v0 (2025-11-10)
+++ v1 (2025-12-20)
@@ -4248,206 +4248,209 @@
       </c>
       <c r="Y45">
         <v>3</v>
       </c>
       <c r="Z45">
         <v>3</v>
       </c>
       <c r="AA45">
         <v>4</v>
       </c>
       <c r="AB45">
         <v>4</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="str">
         <v>GEN</v>
       </c>
       <c r="B46" t="str">
         <v>T45</v>
       </c>
       <c r="C46">
         <v>45</v>
       </c>
       <c r="D46" t="str">
-        <v>Lenny Garifo</v>
+        <v>Bradley Thomas</v>
       </c>
       <c r="E46">
         <v>6</v>
       </c>
       <c r="F46">
         <v>60</v>
       </c>
       <c r="G46">
-        <v>202695</v>
+        <v>101602</v>
       </c>
       <c r="H46" t="str">
-        <v>lennyg</v>
+        <v>turbodisc69</v>
       </c>
       <c r="I46">
         <v>6</v>
       </c>
       <c r="J46">
         <v>60</v>
       </c>
       <c r="K46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L46">
         <v>3</v>
       </c>
       <c r="M46">
         <v>3</v>
       </c>
       <c r="N46">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O46">
         <v>3</v>
       </c>
       <c r="P46">
         <v>3</v>
       </c>
       <c r="Q46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S46">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T46">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U46">
         <v>3</v>
       </c>
       <c r="V46">
         <v>3</v>
       </c>
       <c r="W46">
         <v>4</v>
       </c>
       <c r="X46">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y46">
         <v>3</v>
       </c>
       <c r="Z46">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA46">
         <v>3</v>
       </c>
       <c r="AB46">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="str">
         <v>GEN</v>
       </c>
       <c r="B47" t="str">
         <v>T45</v>
       </c>
       <c r="C47">
         <v>45</v>
       </c>
       <c r="D47" t="str">
-        <v>Bradley Thomas</v>
+        <v>Lenny Garifo</v>
       </c>
       <c r="E47">
         <v>6</v>
       </c>
       <c r="F47">
         <v>60</v>
       </c>
+      <c r="G47">
+        <v>202695</v>
+      </c>
       <c r="H47" t="str">
-        <v>turbodisc69</v>
+        <v>lennyg</v>
       </c>
       <c r="I47">
         <v>6</v>
       </c>
       <c r="J47">
         <v>60</v>
       </c>
       <c r="K47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L47">
         <v>3</v>
       </c>
       <c r="M47">
         <v>3</v>
       </c>
       <c r="N47">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O47">
         <v>3</v>
       </c>
       <c r="P47">
         <v>3</v>
       </c>
       <c r="Q47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S47">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U47">
         <v>3</v>
       </c>
       <c r="V47">
         <v>3</v>
       </c>
       <c r="W47">
         <v>4</v>
       </c>
       <c r="X47">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y47">
         <v>3</v>
       </c>
       <c r="Z47">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA47">
         <v>3</v>
       </c>
       <c r="AB47">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="str">
         <v>GEN</v>
       </c>
       <c r="B48" t="str">
         <v>T45</v>
       </c>
       <c r="C48">
         <v>45</v>
       </c>
       <c r="D48" t="str">
         <v>Eddy Taylor</v>
       </c>
       <c r="E48">
         <v>6</v>
       </c>
       <c r="F48">
         <v>60</v>
       </c>
       <c r="H48" t="str">
         <v>waneespirit</v>
       </c>
       <c r="I48">