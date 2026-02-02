--- v1 (2025-12-20)
+++ v2 (2026-02-02)
@@ -966,286 +966,289 @@
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T4</v>
       </c>
       <c r="C7">
         <v>4</v>
       </c>
       <c r="D7" t="str">
-        <v>Adrian Garcia</v>
+        <v>Jeff Broderick</v>
       </c>
       <c r="E7">
         <v>-3</v>
       </c>
       <c r="F7">
         <v>51</v>
       </c>
+      <c r="G7">
+        <v>267659</v>
+      </c>
       <c r="H7" t="str">
-        <v>eyepops</v>
+        <v>jeff95</v>
       </c>
       <c r="I7">
         <v>-3</v>
       </c>
       <c r="J7">
         <v>51</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T4</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="str">
-        <v>JOOSE</v>
+        <v>Adrian Garcia</v>
       </c>
       <c r="E8">
         <v>-3</v>
       </c>
       <c r="F8">
         <v>51</v>
       </c>
       <c r="H8" t="str">
-        <v>joose369</v>
+        <v>eyepops</v>
       </c>
       <c r="I8">
         <v>-3</v>
       </c>
       <c r="J8">
         <v>51</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>2</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T4</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9" t="str">
-        <v>Jeff Broderick</v>
+        <v>JOOSE</v>
       </c>
       <c r="E9">
         <v>-3</v>
       </c>
       <c r="F9">
         <v>51</v>
       </c>
       <c r="H9" t="str">
-        <v>jeff95</v>
+        <v>joose369</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
       <c r="K9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
         <v>Jason Johnson</v>
       </c>
       <c r="E10">
         <v>-2</v>
       </c>
       <c r="F10">
         <v>52</v>
       </c>
       <c r="G10">
         <v>20571</v>
       </c>
       <c r="H10" t="str">