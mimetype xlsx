--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -904,90 +904,174 @@
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
         <v>4</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>INT</v>
       </c>
+      <c r="B8" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C8">
+        <v>2</v>
+      </c>
       <c r="D8" t="str">
-        <v>Matt Baker</v>
+        <v>Brandt Miller</v>
       </c>
       <c r="E8">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F8">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="H8" t="str">
-        <v>cavere</v>
+        <v>silendt</v>
       </c>
       <c r="I8">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J8">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K8">
+        <v>4</v>
+      </c>
+      <c r="L8">
+        <v>4</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>4</v>
+      </c>
+      <c r="R8">
+        <v>4</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>5</v>
+      </c>
+      <c r="U8">
+        <v>3</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>INT</v>
       </c>
+      <c r="B9" t="str">
+        <v>T2</v>
+      </c>
+      <c r="C9">
+        <v>2</v>
+      </c>
       <c r="D9" t="str">
-        <v>Brandt Miller</v>
+        <v>Matt Baker</v>
       </c>
       <c r="E9">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F9">
-        <v>0</v>
+        <v>44</v>
       </c>
       <c r="H9" t="str">
-        <v>silendt</v>
+        <v>cavere</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>44</v>
+      </c>
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>5</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>5</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+      <c r="T9">
+        <v>4</v>
+      </c>
+      <c r="U9">
+        <v>4</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:V9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>