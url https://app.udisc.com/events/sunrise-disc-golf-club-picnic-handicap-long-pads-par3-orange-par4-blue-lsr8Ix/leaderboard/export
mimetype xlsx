--- v0 (2025-11-08)
+++ v1 (2025-11-29)
@@ -1304,508 +1304,505 @@
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Michael Blackstock</v>
+        <v>Mike Whitney</v>
       </c>
       <c r="E11">
         <v>1</v>
       </c>
       <c r="F11">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="G11">
-        <v>171218</v>
+        <v>60787</v>
       </c>
       <c r="H11" t="str">
-        <v>mdb2021</v>
+        <v>mikewhitney33</v>
       </c>
       <c r="I11">
         <v>1</v>
       </c>
       <c r="J11">
-        <v>20</v>
+        <v>62</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>5</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="N11">
+        <v>2</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>5</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>4</v>
+      </c>
+      <c r="S11">
+        <v>3</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>4</v>
+      </c>
+      <c r="V11">
+        <v>2</v>
+      </c>
+      <c r="W11">
+        <v>4</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>5</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Mike Whitney</v>
+        <v>Mike Cain</v>
       </c>
       <c r="E12">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F12">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="G12">
-        <v>60787</v>
+        <v>11188</v>
       </c>
       <c r="H12" t="str">
-        <v>mikewhitney33</v>
+        <v>mikecain</v>
       </c>
       <c r="I12">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="J12">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="K12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>4</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
+        <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Mike Cain</v>
+        <v>Russell Boggs</v>
       </c>
       <c r="E13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F13">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="G13">
-        <v>11188</v>
+        <v>172612</v>
       </c>
       <c r="H13" t="str">
-        <v>mikecain</v>
+        <v>rboggs76</v>
       </c>
       <c r="I13">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J13">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="K13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R13">
         <v>4</v>
       </c>
       <c r="S13">
         <v>3</v>
       </c>
       <c r="T13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>5</v>
       </c>
       <c r="V13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Russell Boggs</v>
+        <v xml:space="preserve">Johnny Lambert </v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>67</v>
       </c>
-      <c r="G14">
-[...1 lines deleted...]
-      </c>
       <c r="H14" t="str">
-        <v>rboggs76</v>
+        <v>johnnydisc6816</v>
       </c>
       <c r="I14">
         <v>6</v>
       </c>
       <c r="J14">
         <v>67</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>5</v>
       </c>
       <c r="Q14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>4</v>
       </c>
       <c r="S14">
         <v>3</v>
       </c>
       <c r="T14">
         <v>4</v>
       </c>
       <c r="U14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
         <v>5</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
+        <v>14</v>
       </c>
       <c r="C15">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v xml:space="preserve">Johnny Lambert </v>
+        <v>Brent</v>
       </c>
       <c r="E15">
+        <v>11</v>
+      </c>
+      <c r="F15">
+        <v>72</v>
+      </c>
+      <c r="H15" t="str">
+        <v>brenth</v>
+      </c>
+      <c r="I15">
+        <v>11</v>
+      </c>
+      <c r="J15">
+        <v>72</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>5</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>5</v>
+      </c>
+      <c r="P15">
+        <v>7</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>4</v>
+      </c>
+      <c r="T15">
         <v>6</v>
-      </c>
-[...40 lines deleted...]
-        <v>4</v>
       </c>
       <c r="U15">
         <v>6</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
         <v>5</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="D16" t="str">
-        <v>Brent</v>
+        <v>Michael Blackstock</v>
       </c>
       <c r="E16">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F16">
-        <v>72</v>
+        <v>20</v>
+      </c>
+      <c r="G16">
+        <v>171218</v>
       </c>
       <c r="H16" t="str">
-        <v>brenth</v>
+        <v>mdb2021</v>
       </c>
       <c r="I16">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="J16">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="K16">
         <v>3</v>
       </c>
       <c r="L16">
         <v>5</v>
       </c>
       <c r="M16">
         <v>3</v>
-      </c>
-[...34 lines deleted...]
-        <v>5</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB16"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>