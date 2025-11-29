--- v0 (2025-10-19)
+++ v1 (2025-11-29)
@@ -880,182 +880,179 @@
       </c>
       <c r="Y5">
         <v>4</v>
       </c>
       <c r="Z5">
         <v>5</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jason Curchy</v>
+        <v>Brian Siapno</v>
       </c>
       <c r="E6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F6">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>82055</v>
+        <v>70</v>
       </c>
       <c r="H6" t="str">
-        <v>jasoncurchy</v>
+        <v>briansiapno</v>
       </c>
       <c r="I6">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="J6">
-        <v>40</v>
+        <v>70</v>
+      </c>
+      <c r="K6">
+        <v>4</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>6</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>6</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AA6">
-        <v>5</v>
+        <v>4</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Brian Siapno</v>
+        <v>Jason Curchy</v>
       </c>
       <c r="E7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F7">
-        <v>70</v>
+        <v>40</v>
+      </c>
+      <c r="G7">
+        <v>82055</v>
       </c>
       <c r="H7" t="str">
-        <v>briansiapno</v>
+        <v>jasoncurchy</v>
       </c>
       <c r="I7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J7">
-        <v>70</v>
-[...20 lines deleted...]
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U7">
+        <v>4</v>
+      </c>
+      <c r="V7">
+        <v>4</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
+      </c>
+      <c r="X7">
+        <v>4</v>
+      </c>
+      <c r="Y7">
         <v>2</v>
       </c>
-      <c r="V7">
-[...10 lines deleted...]
-      </c>
       <c r="Z7">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="AA7">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB7"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>