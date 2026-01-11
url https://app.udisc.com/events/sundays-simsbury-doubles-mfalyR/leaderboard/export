--- v0 (2025-11-26)
+++ v1 (2026-01-11)
@@ -1547,51 +1547,51 @@
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Lyle Strohm &amp; Nate Brown</v>
       </c>
       <c r="E14">
         <v>-6</v>
       </c>
       <c r="F14">
         <v>52</v>
       </c>
       <c r="H14" t="str">
-        <v>nbreezy117,chris42605</v>
+        <v>callmethabreeze,chris42605</v>
       </c>
       <c r="I14">
         <v>-6</v>
       </c>
       <c r="J14">
         <v>52</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>2</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>