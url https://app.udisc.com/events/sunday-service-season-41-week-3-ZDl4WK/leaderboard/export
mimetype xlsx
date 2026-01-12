--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -650,51 +650,51 @@
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Grayson Rohs</v>
       </c>
       <c r="E3">
         <v>-11</v>
       </c>
       <c r="F3">
         <v>48</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
         <v>117358</v>
       </c>
       <c r="I3" t="str">
-        <v>graysonrohs</v>
+        <v>kingofperk</v>
       </c>
       <c r="J3">
         <v>-11</v>
       </c>
       <c r="K3">
         <v>48</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>