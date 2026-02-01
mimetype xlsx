--- v0 (2025-10-22)
+++ v1 (2026-02-01)
@@ -650,51 +650,51 @@
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E3">
         <v>-9</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
         <v>129379</v>
       </c>
       <c r="I3" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="J3">
         <v>-9</v>
       </c>
       <c r="K3">
         <v>50</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>