--- v0 (2025-10-22)
+++ v1 (2026-02-01)
@@ -1092,51 +1092,51 @@
       <c r="A8" t="str">
         <v>MPO</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E8">
         <v>-1</v>
       </c>
       <c r="F8">
         <v>58</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
         <v>129379</v>
       </c>
       <c r="I8" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="J8">
         <v>-1</v>
       </c>
       <c r="K8">
         <v>58</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>