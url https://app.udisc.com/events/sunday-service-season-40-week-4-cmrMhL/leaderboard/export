--- v0 (2025-10-22)
+++ v1 (2026-01-13)
@@ -739,51 +739,51 @@
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Grayson Rohs</v>
       </c>
       <c r="E4">
         <v>-8</v>
       </c>
       <c r="F4">
         <v>46</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
         <v>117358</v>
       </c>
       <c r="I4" t="str">
-        <v>graysonrohs</v>
+        <v>kingofperk</v>
       </c>
       <c r="J4">
         <v>-8</v>
       </c>
       <c r="K4">
         <v>46</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>
       <c r="Q4">
         <v>2</v>
       </c>