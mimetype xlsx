--- v0 (2025-10-22)
+++ v1 (2026-01-12)
@@ -800,51 +800,51 @@
       </c>
       <c r="AB4">
         <v>6</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Grayson Rohs</v>
       </c>
       <c r="E5">
         <v>-6</v>
       </c>
       <c r="F5">
         <v>53</v>
       </c>
       <c r="H5" t="str">
-        <v>graysonrohs</v>
+        <v>kingofperk</v>
       </c>
       <c r="I5">
         <v>-6</v>
       </c>
       <c r="J5">
         <v>53</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>