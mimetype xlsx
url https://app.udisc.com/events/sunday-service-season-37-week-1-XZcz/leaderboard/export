--- v1 (2026-01-12)
+++ v2 (2026-02-01)
@@ -551,51 +551,51 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Adam Nelson</v>
       </c>
       <c r="E2">
         <v>-8</v>
       </c>
       <c r="F2">
         <v>51</v>
       </c>
       <c r="H2" t="str">
-        <v>adamwn9</v>
+        <v>mrnelsonnsno</v>
       </c>
       <c r="I2">
         <v>-8</v>
       </c>
       <c r="J2">
         <v>51</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>