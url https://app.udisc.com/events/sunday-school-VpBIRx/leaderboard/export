--- v0 (2025-10-22)
+++ v1 (2025-11-29)
@@ -1736,50 +1736,53 @@
         <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>WHI</v>
       </c>
       <c r="B16" t="str">
         <v>7</v>
       </c>
       <c r="C16">
         <v>7</v>
       </c>
       <c r="D16" t="str">
         <v>Skyler encoe</v>
       </c>
       <c r="E16">
         <v>5</v>
       </c>
       <c r="F16">
         <v>59</v>
       </c>
+      <c r="G16">
+        <v>313228</v>
+      </c>
       <c r="H16" t="str">
         <v>skyencoe87</v>
       </c>
       <c r="I16">
         <v>5</v>
       </c>
       <c r="J16">
         <v>59</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">