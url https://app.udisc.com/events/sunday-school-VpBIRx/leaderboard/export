--- v1 (2025-11-29)
+++ v2 (2026-02-01)
@@ -977,50 +977,53 @@
         <v>4</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Alyssa Cloward</v>
       </c>
       <c r="E7">
         <v>10</v>
       </c>
       <c r="F7">
         <v>64</v>
       </c>
+      <c r="G7">
+        <v>319968</v>
+      </c>
       <c r="H7" t="str">
         <v>imsofluffy213</v>
       </c>
       <c r="I7">
         <v>10</v>
       </c>
       <c r="J7">
         <v>64</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>5</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
@@ -1142,50 +1145,53 @@
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Braden Cloward</v>
       </c>
       <c r="E9">
         <v>21</v>
       </c>
       <c r="F9">
         <v>75</v>
+      </c>
+      <c r="G9">
+        <v>320927</v>
       </c>
       <c r="H9" t="str">
         <v>varisc</v>
       </c>
       <c r="I9">
         <v>21</v>
       </c>
       <c r="J9">
         <v>75</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>5</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>