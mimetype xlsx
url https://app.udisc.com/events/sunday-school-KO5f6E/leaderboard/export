--- v0 (2025-10-22)
+++ v1 (2025-11-29)
@@ -1063,50 +1063,53 @@
         <v>3</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>BLU</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Skyler encoe</v>
       </c>
       <c r="E8">
         <v>1</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
+      <c r="G8">
+        <v>313228</v>
+      </c>
       <c r="H8" t="str">
         <v>skyencoe87</v>
       </c>
       <c r="I8">
         <v>1</v>
       </c>
       <c r="J8">
         <v>55</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">