--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -1262,51 +1262,51 @@
       <c r="D9">
         <v>-6</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>9</v>
       </c>
       <c r="G9">
         <v>9</v>
       </c>
       <c r="H9" t="str">
         <v>Donald Magill</v>
       </c>
       <c r="I9">
         <v>15</v>
       </c>
       <c r="J9">
         <v>69</v>
       </c>
       <c r="K9">
         <v>128257</v>
       </c>
       <c r="L9" t="str">
-        <v>theoschism</v>
+        <v>danbagel</v>
       </c>
       <c r="M9">
         <v>15</v>
       </c>
       <c r="N9">
         <v>69</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
         <v>2</v>
       </c>
       <c r="T9">
         <v>5</v>
       </c>