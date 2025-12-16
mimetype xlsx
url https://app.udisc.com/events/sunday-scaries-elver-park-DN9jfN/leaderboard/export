--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -796,51 +796,51 @@
       <c r="D4">
         <v>-6</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
         <v>8</v>
       </c>
       <c r="G4">
         <v>8</v>
       </c>
       <c r="H4" t="str">
         <v>Donald Magill</v>
       </c>
       <c r="I4">
         <v>5</v>
       </c>
       <c r="J4">
         <v>62</v>
       </c>
       <c r="K4">
         <v>128257</v>
       </c>
       <c r="L4" t="str">
-        <v>theoschism</v>
+        <v>danbagel</v>
       </c>
       <c r="M4">
         <v>5</v>
       </c>
       <c r="N4">
         <v>62</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>