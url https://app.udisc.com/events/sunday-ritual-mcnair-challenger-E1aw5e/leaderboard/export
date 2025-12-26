--- v0 (2025-10-21)
+++ v1 (2025-12-26)
@@ -1232,50 +1232,53 @@
         <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
         <v>Mikey Hachmeister</v>
       </c>
       <c r="E10">
         <v>0</v>
       </c>
       <c r="F10">
         <v>56</v>
       </c>
+      <c r="G10">
+        <v>317910</v>
+      </c>
       <c r="H10" t="str">
         <v>michaeltellya</v>
       </c>
       <c r="I10">
         <v>0</v>
       </c>
       <c r="J10">
         <v>56</v>
       </c>
       <c r="K10">
         <v>2</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>5</v>
       </c>
       <c r="N10">
         <v>3</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">