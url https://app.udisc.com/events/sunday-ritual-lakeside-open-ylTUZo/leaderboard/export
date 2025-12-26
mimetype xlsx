--- v0 (2025-10-21)
+++ v1 (2025-12-26)
@@ -1813,50 +1813,53 @@
         <v>3</v>
       </c>
       <c r="AF14">
         <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
         <v>8</v>
       </c>
       <c r="G15">
         <v>8</v>
       </c>
       <c r="H15" t="str">
         <v>Mikey Hachmeister</v>
       </c>
       <c r="I15">
         <v>2</v>
       </c>
       <c r="J15">
         <v>62</v>
       </c>
+      <c r="K15">
+        <v>317910</v>
+      </c>
       <c r="L15" t="str">
         <v>michaeltellya</v>
       </c>
       <c r="M15">
         <v>2</v>
       </c>
       <c r="N15">
         <v>62</v>
       </c>
       <c r="O15">
         <v>5</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
         <v>3</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">