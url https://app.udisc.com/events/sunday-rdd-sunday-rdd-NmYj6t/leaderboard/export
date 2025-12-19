--- v0 (2025-10-08)
+++ v1 (2025-12-19)
@@ -687,86 +687,86 @@
       </c>
       <c r="E6">
         <v>0</v>
       </c>
       <c r="F6">
         <v>0</v>
       </c>
       <c r="H6" t="str">
         <v>solo1mob,purplefox420</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>DNF</v>
       </c>
       <c r="D7" t="str">
-        <v>Alvin Robertson &amp; Toby Lewellen</v>
+        <v>William Turner  &amp; Renee Schleif</v>
       </c>
       <c r="E7">
         <v>0</v>
       </c>
       <c r="F7">
         <v>0</v>
       </c>
       <c r="H7" t="str">
-        <v>islandboy4life,tobias3651</v>
+        <v>bigwt42,renee197209</v>
       </c>
       <c r="I7">
         <v>0</v>
       </c>
       <c r="J7">
         <v>0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>DNF</v>
       </c>
       <c r="D8" t="str">
-        <v>William Turner  &amp; Renee Schleif</v>
+        <v>Alvin Robertson &amp; Toby Lewellen</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
       <c r="H8" t="str">
-        <v>bigwt42,renee197209</v>
+        <v>islandboy4life,tobias3651</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB8"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>